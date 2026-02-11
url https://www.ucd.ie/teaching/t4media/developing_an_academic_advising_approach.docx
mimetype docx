--- v0 (2026-01-17)
+++ v1 (2026-02-11)
@@ -325,51 +325,73 @@
           <w:p w14:paraId="39CF26BA" w14:textId="77777777" w:rsidR="007B1D4A" w:rsidRPr="007B1D4A" w:rsidRDefault="007B1D4A" w:rsidP="007B1D4A">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B1D4A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>To understand the most appropriate choices to make in order to achieve goals (module or major choices).</w:t>
+              <w:t xml:space="preserve">To understand the most appropriate choices to make </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B1D4A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="44546A" w:themeColor="text2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B1D4A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="44546A" w:themeColor="text2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> achieve goals (module or major choices).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B0D732D" w14:textId="77777777" w:rsidR="007B1D4A" w:rsidRPr="007B1D4A" w:rsidRDefault="007B1D4A" w:rsidP="007B1D4A">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B1D4A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -384,94 +406,129 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B1D4A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>To know what the most appropriate internship, study abroad and or co and extra-curricular opportunities are to support educational and professional goals.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28ACDC18" w14:textId="7242D566" w:rsidR="00F83BC4" w:rsidRPr="00DD31CE" w:rsidRDefault="000E48C8" w:rsidP="00DD31CE">
+          <w:p w14:paraId="28ACDC18" w14:textId="5E50ACF6" w:rsidR="00F83BC4" w:rsidRPr="00DD31CE" w:rsidRDefault="000E48C8" w:rsidP="00DD31CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B1D4A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Consider what elements of current </w:t>
             </w:r>
             <w:r w:rsidR="00633FC6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>school activities</w:t>
             </w:r>
             <w:r w:rsidRPr="007B1D4A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> fit with achieving the objectives and principles of academic advising</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> fit with achieving the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="00F8746D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>objec</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F8746D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>t</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F8746D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>ives and principles of academic advising</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> and then answer the questions below.</w:t>
             </w:r>
             <w:r w:rsidR="00633FC6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  If time allows it, participants are encouraged to prepare a response to question 4 ahead of the meeting.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1853,54 +1910,54 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E905992" w14:textId="77777777" w:rsidR="00633FC6" w:rsidRDefault="00633FC6" w:rsidP="00985C89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="44546A" w:themeColor="text2"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D5BFA1E" w14:textId="77777777" w:rsidR="00F83BC4" w:rsidRPr="002401EB" w:rsidRDefault="00F83BC4" w:rsidP="00A05F8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F83BC4" w:rsidRPr="002401EB" w:rsidSect="00F83BC4">
-      <w:headerReference w:type="default" r:id="rId8"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1440" w:right="964" w:bottom="1134" w:left="964" w:header="680" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70104F89" w14:textId="77777777" w:rsidR="00584A3D" w:rsidRDefault="00584A3D" w:rsidP="002957F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="672C83FB" w14:textId="77777777" w:rsidR="00584A3D" w:rsidRDefault="00584A3D" w:rsidP="002957F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -2619,56 +2676,56 @@
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1600872063">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="242683857">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00435C71"/>
     <w:rsid w:val="00002B86"/>
     <w:rsid w:val="000E48C8"/>
     <w:rsid w:val="000F267F"/>
     <w:rsid w:val="001301F8"/>
     <w:rsid w:val="002861EF"/>
     <w:rsid w:val="002957F4"/>
@@ -2700,101 +2757,103 @@
     <w:rsid w:val="007014E6"/>
     <w:rsid w:val="007176D3"/>
     <w:rsid w:val="00741A95"/>
     <w:rsid w:val="00752A80"/>
     <w:rsid w:val="007647B1"/>
     <w:rsid w:val="007B1D4A"/>
     <w:rsid w:val="00811D68"/>
     <w:rsid w:val="00812D32"/>
     <w:rsid w:val="00814C1C"/>
     <w:rsid w:val="00843329"/>
     <w:rsid w:val="00844D91"/>
     <w:rsid w:val="008A512C"/>
     <w:rsid w:val="008B6A3E"/>
     <w:rsid w:val="008D187C"/>
     <w:rsid w:val="008D1F4C"/>
     <w:rsid w:val="00902BA8"/>
     <w:rsid w:val="00910703"/>
     <w:rsid w:val="0094230A"/>
     <w:rsid w:val="00942402"/>
     <w:rsid w:val="00946E35"/>
     <w:rsid w:val="00971433"/>
     <w:rsid w:val="00985C89"/>
     <w:rsid w:val="009B670E"/>
     <w:rsid w:val="009C1BE4"/>
     <w:rsid w:val="009D3937"/>
+    <w:rsid w:val="009F083A"/>
     <w:rsid w:val="00A05F8A"/>
     <w:rsid w:val="00A20089"/>
     <w:rsid w:val="00A31FEA"/>
     <w:rsid w:val="00A40317"/>
     <w:rsid w:val="00A40620"/>
     <w:rsid w:val="00A40644"/>
     <w:rsid w:val="00A914DE"/>
     <w:rsid w:val="00A97FE3"/>
     <w:rsid w:val="00AC0BFE"/>
     <w:rsid w:val="00AF1902"/>
     <w:rsid w:val="00B74CE4"/>
     <w:rsid w:val="00BB1096"/>
     <w:rsid w:val="00BC0140"/>
     <w:rsid w:val="00C34A52"/>
     <w:rsid w:val="00C96CA3"/>
     <w:rsid w:val="00C97012"/>
     <w:rsid w:val="00CC3B5A"/>
     <w:rsid w:val="00CD2AC4"/>
     <w:rsid w:val="00CE142B"/>
     <w:rsid w:val="00CF4167"/>
     <w:rsid w:val="00D04DDD"/>
     <w:rsid w:val="00D1079A"/>
     <w:rsid w:val="00D47517"/>
     <w:rsid w:val="00DD31CE"/>
     <w:rsid w:val="00DE4980"/>
     <w:rsid w:val="00E85CA7"/>
     <w:rsid w:val="00EA23B3"/>
     <w:rsid w:val="00EC3078"/>
     <w:rsid w:val="00EF48C8"/>
     <w:rsid w:val="00F024DA"/>
     <w:rsid w:val="00F56761"/>
     <w:rsid w:val="00F61605"/>
     <w:rsid w:val="00F83BC4"/>
+    <w:rsid w:val="00F8746D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-IE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="160E9FF7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F05EA4D8-2A65-9944-B3E4-A94AF56116A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-IE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -3437,62 +3496,97 @@
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B1D4A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-IE"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F8746D"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F8746D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F8746D"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/yy8kBil6oF0?si=qMeJtwdeH5owEMmL" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -3775,54 +3869,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB9DA2D-C873-4478-9E75-85DB0CD8F0F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>289</Words>
-  <Characters>1652</Characters>
+  <Words>299</Words>
+  <Characters>1706</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1938</CharactersWithSpaces>
+  <CharactersWithSpaces>2001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>